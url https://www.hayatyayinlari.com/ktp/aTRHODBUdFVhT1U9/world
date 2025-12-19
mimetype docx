--- v0 (2025-11-03)
+++ v1 (2025-12-19)
@@ -33,51 +33,51 @@
       </w:tblGrid>
       <w:tblPr>
         <w:tblStyle w:val="TanitimBulteniTable"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="900" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:gridSpan w:val="2"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="FF0000"/>
                 <w:sz w:val="40"/>
                 <w:szCs w:val="40"/>
                 <w:b w:val="1"/>
                 <w:bCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Hayat Yayınları  Tanıtım Bülteni</w:t>
+              <w:t xml:space="preserve">Hayat Çocuk  Tanıtım Bülteni</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3000" w:type="dxa"/>
             <w:vAlign w:val="top"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:pict>
                 <v:shape type="#_x0000_t75" stroked="f" style="width:200pt; height:234.11197626993pt; margin-left:0pt; margin-top:0pt; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:char; mso-position-vertical-relative:line;">
                   <w10:wrap type="inline"/>
                   <v:imagedata r:id="rId7" o:title=""/>
                 </v:shape>
               </w:pict>
             </w:r>
           </w:p>