--- v1 (2025-12-19)
+++ v2 (2026-02-20)
@@ -33,51 +33,51 @@
       </w:tblGrid>
       <w:tblPr>
         <w:tblStyle w:val="TanitimBulteniTable"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="900" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:gridSpan w:val="2"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="FF0000"/>
                 <w:sz w:val="40"/>
                 <w:szCs w:val="40"/>
                 <w:b w:val="1"/>
                 <w:bCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Hayat Çocuk  Tanıtım Bülteni</w:t>
+              <w:t xml:space="preserve">Bambu Kitap  Tanıtım Bülteni</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3000" w:type="dxa"/>
             <w:vAlign w:val="top"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:pict>
                 <v:shape type="#_x0000_t75" stroked="f" style="width:200pt; height:234.11197626993pt; margin-left:0pt; margin-top:0pt; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:char; mso-position-vertical-relative:line;">
                   <w10:wrap type="inline"/>
                   <v:imagedata r:id="rId7" o:title=""/>
                 </v:shape>
               </w:pict>
             </w:r>
           </w:p>
@@ -148,50 +148,64 @@
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Cilt Bilgisi: </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b w:val="1"/>
                 <w:bCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">İplik Dikişli Amerikan Cilt</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Kitap Dili: </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b w:val="1"/>
                 <w:bCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Türkçe</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Eser Tipi: </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Orjinal</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">İç Sayfa: </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b w:val="1"/>
                 <w:bCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">1. Hamur Renkli 90 gr</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Kapak: </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b w:val="1"/>
@@ -505,61 +519,61 @@
               </w:rPr>
               <w:t xml:space="preserve">https://www.hayatyayinlari.com/kitaplar/stephanie-deslauriers-iste-ben-1925.html</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:vAlign w:val="top"/>
             <w:gridSpan w:val="2"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="40"/>
                 <w:szCs w:val="40"/>
                 <w:b w:val="1"/>
                 <w:bCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Hayat Çocuk</w:t>
+              <w:t xml:space="preserve">Bambu Kitap</w:t>
             </w:r>
           </w:p>
           <w:p/>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:pict>
-                <v:shape type="#_x0000_t75" stroked="f" style="width:100pt; height:51.104707012488pt; margin-left:0pt; margin-top:0pt; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:char; mso-position-vertical-relative:line;">
+                <v:shape type="#_x0000_t75" stroked="f" style="width:100pt; height:42pt; margin-left:0pt; margin-top:0pt; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:char; mso-position-vertical-relative:line;">
                   <w10:wrap type="inline"/>
                   <v:imagedata r:id="rId8" o:title=""/>
                 </v:shape>
               </w:pict>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
       <w:pgSz w:orient="portrait" w:w="11905.511811023621703498065471649169921875" w:h="16837.7952755905498634092509746551513671875"/>
       <w:pgMar w:top="850" w:right="850" w:bottom="850" w:left="850" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">