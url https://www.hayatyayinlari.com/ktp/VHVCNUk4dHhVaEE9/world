--- v0 (2025-10-16)
+++ v1 (2025-12-07)
@@ -1,31 +1,32 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
+  <Default Extension="png" ContentType="image/png"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:body>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol w:w="3000" w:type="dxa"/>
         <w:gridCol w:w="6000" w:type="dxa"/>
@@ -336,50 +337,88 @@
           <w:tcPr>
             <w:vAlign w:val="top"/>
             <w:gridSpan w:val="2"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Kitabın detay sayfasına buradan ulaşabilirsiniz : </w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:b w:val="1"/>
                 <w:bCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">https://www.hayatyayinlari.com/kitaplar/federica-magrin-dinozorlar-hakkinda-her-sey-1843.html</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:vAlign w:val="top"/>
+            <w:gridSpan w:val="2"/>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="40"/>
+                <w:szCs w:val="40"/>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Hayat Çocuk</w:t>
+            </w:r>
+          </w:p>
+          <w:p/>
+          <w:p>
+            <w:pPr>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:pict>
+                <v:shape type="#_x0000_t75" stroked="f" style="width:100pt; height:51.104707012488pt; margin-left:0pt; margin-top:0pt; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:char; mso-position-vertical-relative:line;">
+                  <w10:wrap type="inline"/>
+                  <v:imagedata r:id="rId8" o:title=""/>
+                </v:shape>
+              </w:pict>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
       <w:pgSz w:orient="portrait" w:w="11905.511811023621703498065471649169921875" w:h="16837.7952755905498634092509746551513671875"/>
       <w:pgMar w:top="850" w:right="850" w:bottom="850" w:left="850" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
@@ -512,51 +551,51 @@
         <w:top w:w="240" w:type="dxa"/>
         <w:left w:w="240" w:type="dxa"/>
         <w:right w:w="240" w:type="dxa"/>
         <w:bottom w:w="240" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblBorders>
         <w:top w:val="single" w:sz="12" w:color="000000"/>
         <w:left w:val="single" w:sz="12" w:color="000000"/>
         <w:right w:val="single" w:sz="12" w:color="000000"/>
         <w:bottom w:val="single" w:sz="12" w:color="000000"/>
         <w:insideH w:val="single" w:sz="12" w:color="000000"/>
         <w:insideV w:val="single" w:sz="12" w:color="000000"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image2.png"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>