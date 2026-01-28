--- v1 (2025-12-07)
+++ v2 (2026-01-28)
@@ -33,51 +33,51 @@
       </w:tblGrid>
       <w:tblPr>
         <w:tblStyle w:val="TanitimBulteniTable"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="900" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:gridSpan w:val="2"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="FF0000"/>
                 <w:sz w:val="40"/>
                 <w:szCs w:val="40"/>
                 <w:b w:val="1"/>
                 <w:bCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Hayat Yayınları  Tanıtım Bülteni</w:t>
+              <w:t xml:space="preserve">Bambu Kitap  Tanıtım Bülteni</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3000" w:type="dxa"/>
             <w:vAlign w:val="top"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:pict>
                 <v:shape type="#_x0000_t75" stroked="f" style="width:200pt; height:226.24113475177pt; margin-left:0pt; margin-top:0pt; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:char; mso-position-vertical-relative:line;">
                   <w10:wrap type="inline"/>
                   <v:imagedata r:id="rId7" o:title=""/>
                 </v:shape>
               </w:pict>
             </w:r>
           </w:p>
@@ -134,50 +134,64 @@
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Cilt Bilgisi: </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b w:val="1"/>
                 <w:bCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve"/>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Kitap Dili: </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b w:val="1"/>
                 <w:bCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Türkçe</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Eser Tipi: </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Orjinal</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">İç Sayfa: </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b w:val="1"/>
                 <w:bCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">HOLMEN SB 65</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Kapak: </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b w:val="1"/>
@@ -360,61 +374,61 @@
               </w:rPr>
               <w:t xml:space="preserve">https://www.hayatyayinlari.com/kitaplar/federica-magrin-dinozorlar-hakkinda-her-sey-1843.html</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:vAlign w:val="top"/>
             <w:gridSpan w:val="2"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="40"/>
                 <w:szCs w:val="40"/>
                 <w:b w:val="1"/>
                 <w:bCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Hayat Çocuk</w:t>
+              <w:t xml:space="preserve">Bambu Kitap</w:t>
             </w:r>
           </w:p>
           <w:p/>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:pict>
-                <v:shape type="#_x0000_t75" stroked="f" style="width:100pt; height:51.104707012488pt; margin-left:0pt; margin-top:0pt; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:char; mso-position-vertical-relative:line;">
+                <v:shape type="#_x0000_t75" stroked="f" style="width:100pt; height:42pt; margin-left:0pt; margin-top:0pt; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:char; mso-position-vertical-relative:line;">
                   <w10:wrap type="inline"/>
                   <v:imagedata r:id="rId8" o:title=""/>
                 </v:shape>
               </w:pict>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
       <w:pgSz w:orient="portrait" w:w="11905.511811023621703498065471649169921875" w:h="16837.7952755905498634092509746551513671875"/>
       <w:pgMar w:top="850" w:right="850" w:bottom="850" w:left="850" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">