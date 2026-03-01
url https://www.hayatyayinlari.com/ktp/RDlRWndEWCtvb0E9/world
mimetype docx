--- v1 (2026-01-15)
+++ v2 (2026-03-01)
@@ -269,50 +269,75 @@
               <w:t xml:space="preserve">220,00 TL</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9000" w:type="dxa"/>
             <w:vAlign w:val="top"/>
             <w:gridSpan w:val="2"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:b w:val="1"/>
                 <w:bCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Kitap Tanıtım Yazısı : (Arka Kapak)</w:t>
             </w:r>
           </w:p>
           <w:p/>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Öykü okumak kitap kurtlarının vazgeçilmezidir. Onlar için hava kadar, su kadar elzem bir şeydir. Tam da bu ihtiyaca cevap verecek yepyeni bir dizi: Hava, Su, Toprak, Öykü!</w:t>
+            </w:r>
+            <w:br/>
+            <w:br/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Bu dizideki öyküler yüzyılların imbiğinden geçerek günümüze kadar ulaşmış; dilden dile, ülkeden ülkeye gezmiş durmuş. Kimi zaman güldürmüş, kimi zaman hüzünlendirmiş ama mutlaka okuyanın içini ısıtmış</w:t>
+            </w:r>
+            <w:br/>
+            <w:br/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Her biri hayattan damıtılmış olan bu öyküleri okurken kimi zaman duygulanacak, kimi zaman tebessüm edeceksiniz.</w:t>
+            </w:r>
+            <w:br/>
+            <w:br/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:vAlign w:val="top"/>
             <w:gridSpan w:val="2"/>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Kitabın detay sayfasına buradan ulaşabilirsiniz : </w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>